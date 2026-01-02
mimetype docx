--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -14,275 +14,290 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="7755830F" w14:textId="77261453" w:rsidR="00F17EBC" w:rsidRPr="005F7246" w:rsidRDefault="000125EF" w:rsidP="0022324F">
       <w:pPr>
         <w:ind w:left="-1080" w:right="-679" w:firstLine="595"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000125EF">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>馬來西亞</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000125EF">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>工具機暨金屬</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000125EF">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>加工設備展</w:t>
       </w:r>
       <w:r w:rsidR="0090250E" w:rsidRPr="005F7246">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008C46D7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="005F7246">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="004F3711">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="005F7246">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="000F41A1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="008C46D7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="004F3711">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="005F7246">
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2691D54E" w14:textId="20EC0027" w:rsidR="00F17EBC" w:rsidRDefault="00FC2544" w:rsidP="0022324F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>METALTECH 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="004F3711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>參展廠商報名表</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B0D8BE" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>公司名稱</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7277CED5" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="612AE227" wp14:editId="4532E6C2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1066165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>71755</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Line 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -329,88 +344,94 @@
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="2828F746" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="83.95pt,5.65pt" to="497.95pt,5.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q+iBuQEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaNcZcXpI1126&#10;LUC7H8DIsi1UEgVRjZN/P0r5aLHdhuogiCL59PhILW/3zoqdjmTQt3I+q6XQXmFn/NDK30/3n26k&#10;oAS+A4tet/KgSd6uPn5YTqHRCxzRdjoKBvHUTKGVY0qhqSpSo3ZAMwzas7PH6CCxGYeqizAxurPV&#10;oq6vqwljFyIqTcS3d0enXBX8vtcq/ep70knYVjK3VPZY9m3eq9USmiFCGI060YD/YOHAeH70AnUH&#10;CcRLNP9AOaMiEvZpptBV2PdG6VIDVzOv/6rmcYSgSy0sDoWLTPR+sOrnbu03MVNXe/8YHlA9k/C4&#10;HsEPuhB4OgRu3DxLVU2BmktKNihsothOP7DjGHhJWFTY99FlSK5P7IvYh4vYep+E4surxdWXm5p7&#10;os6+CppzYoiUvmt0Ih9aaY3POkADuwdKmQg055B87fHeWFt6ab2YWvn183VdEgit6bIzh1Ectmsb&#10;xQ7yNJRVqmLP2zBnEs+kNa6VTJDXcUpGDd0335VXEhh7PDMT60/KZDHy5FGzxe6wiWfFuHeF8mnO&#10;8nC8tUv2629Y/QEAAP//AwBQSwMEFAAGAAgAAAAhAIUKR6veAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I+w+RJ3FBLC2Ispam0wDBYQcktnFPG9NWa5zSpFvh12PEAW5+z0/Pn/PV&#10;ZDtxxMG3jhTEiwgEUuVMS7WC/e7pcgnCB01Gd45QwSd6WBWzs1xnxp3oFY/bUAsuIZ9pBU0IfSal&#10;rxq02i9cj8S7dzdYHVgOtTSDPnG57eRVFCXS6pb4QqN7fGiwOmxHq+Aj6d/KLzneX6SbXbzcj5Ze&#10;Hp+VOp9P6zsQAafwF4YffEaHgplKN5LxomOd3KYc5SG+BsGBNL1ho/w1ZJHL/x8U3wAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQC8q+iBuQEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFCker3gAAAAkBAAAPAAAAAAAAAAAAAAAAABMEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHgUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7946AB19" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="840"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">        (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>英</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="271EE9AD" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CCB6C3B" wp14:editId="3303DF69">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1066165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>19685</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Line 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -453,95 +474,102 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="28109EFC" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="83.95pt,1.55pt" to="497.95pt,1.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q+iBuQEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaNcZcXpI1126&#10;LUC7H8DIsi1UEgVRjZN/P0r5aLHdhuogiCL59PhILW/3zoqdjmTQt3I+q6XQXmFn/NDK30/3n26k&#10;oAS+A4tet/KgSd6uPn5YTqHRCxzRdjoKBvHUTKGVY0qhqSpSo3ZAMwzas7PH6CCxGYeqizAxurPV&#10;oq6vqwljFyIqTcS3d0enXBX8vtcq/ep70knYVjK3VPZY9m3eq9USmiFCGI060YD/YOHAeH70AnUH&#10;CcRLNP9AOaMiEvZpptBV2PdG6VIDVzOv/6rmcYSgSy0sDoWLTPR+sOrnbu03MVNXe/8YHlA9k/C4&#10;HsEPuhB4OgRu3DxLVU2BmktKNihsothOP7DjGHhJWFTY99FlSK5P7IvYh4vYep+E4surxdWXm5p7&#10;os6+CppzYoiUvmt0Ih9aaY3POkADuwdKmQg055B87fHeWFt6ab2YWvn183VdEgit6bIzh1Ectmsb&#10;xQ7yNJRVqmLP2zBnEs+kNa6VTJDXcUpGDd0335VXEhh7PDMT60/KZDHy5FGzxe6wiWfFuHeF8mnO&#10;8nC8tUv2629Y/QEAAP//AwBQSwMEFAAGAAgAAAAhAORxPxvbAAAABwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjsFOwzAQRO9I/QdrK3FB1AmI0IQ4VQHBoQck2nJ34iWJGq9D7LSBr2fhAsenGc28fDXZ&#10;Thxx8K0jBfEiAoFUOdNSrWC/e7pcgvBBk9GdI1TwiR5Wxews15lxJ3rF4zbUgkfIZ1pBE0KfSemr&#10;Bq32C9cjcfbuBqsD41BLM+gTj9tOXkVRIq1uiR8a3eNDg9VhO1oFH0n/Vn7J8f4i3ezi5X609PL4&#10;rNT5fFrfgQg4hb8y/OizOhTsVLqRjBcdc3KbclXBdQyC8zS9YS5/WRa5/O9ffAMAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQC8q+iBuQEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDkcT8b2wAAAAcBAAAPAAAAAAAAAAAAAAAAABMEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F7549B" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>公司地址</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1675B872" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="369EA007" wp14:editId="7E6E010F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1066165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>70485</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="Line 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -584,88 +612,94 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="7A5FF3B6" id="Line 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="83.95pt,5.55pt" to="497.95pt,5.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q+iBuQEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaNcZcXpI1126&#10;LUC7H8DIsi1UEgVRjZN/P0r5aLHdhuogiCL59PhILW/3zoqdjmTQt3I+q6XQXmFn/NDK30/3n26k&#10;oAS+A4tet/KgSd6uPn5YTqHRCxzRdjoKBvHUTKGVY0qhqSpSo3ZAMwzas7PH6CCxGYeqizAxurPV&#10;oq6vqwljFyIqTcS3d0enXBX8vtcq/ep70knYVjK3VPZY9m3eq9USmiFCGI060YD/YOHAeH70AnUH&#10;CcRLNP9AOaMiEvZpptBV2PdG6VIDVzOv/6rmcYSgSy0sDoWLTPR+sOrnbu03MVNXe/8YHlA9k/C4&#10;HsEPuhB4OgRu3DxLVU2BmktKNihsothOP7DjGHhJWFTY99FlSK5P7IvYh4vYep+E4surxdWXm5p7&#10;os6+CppzYoiUvmt0Ih9aaY3POkADuwdKmQg055B87fHeWFt6ab2YWvn183VdEgit6bIzh1Ectmsb&#10;xQ7yNJRVqmLP2zBnEs+kNa6VTJDXcUpGDd0335VXEhh7PDMT60/KZDHy5FGzxe6wiWfFuHeF8mnO&#10;8nC8tUv2629Y/QEAAP//AwBQSwMEFAAGAAgAAAAhAB+jYy7eAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I+w+RkbgglhaJsnZNpwFiBw5IbOOeNl5b0TilSbeOX48RB7j5PT89f85X&#10;k+3EEQffOlIQzyMQSJUzLdUK9rvnmwUIHzQZ3TlCBWf0sCpmF7nOjDvRGx63oRZcQj7TCpoQ+kxK&#10;XzVotZ+7Hol3BzdYHVgOtTSDPnG57eRtFCXS6pb4QqN7fGyw+tiOVsFn0r+XX3J8uE5fdvFiP1p6&#10;fdoodXU5rZcgAk7hLww/+IwOBTOVbiTjRcc6uU85ykMcg+BAmt6xUf4assjl/w+KbwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQC8q+iBuQEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAfo2Mu3gAAAAkBAAAPAAAAAAAAAAAAAAAAABMEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHgUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D31A3BD" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">        (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>英</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34635796" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D2B9874" wp14:editId="6C848BA8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1066165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>18415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Line 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -708,50 +742,51 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="531472E3" id="Line 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="83.95pt,1.45pt" to="497.95pt,1.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q+iBuQEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaNcZcXpI1126&#10;LUC7H8DIsi1UEgVRjZN/P0r5aLHdhuogiCL59PhILW/3zoqdjmTQt3I+q6XQXmFn/NDK30/3n26k&#10;oAS+A4tet/KgSd6uPn5YTqHRCxzRdjoKBvHUTKGVY0qhqSpSo3ZAMwzas7PH6CCxGYeqizAxurPV&#10;oq6vqwljFyIqTcS3d0enXBX8vtcq/ep70knYVjK3VPZY9m3eq9USmiFCGI060YD/YOHAeH70AnUH&#10;CcRLNP9AOaMiEvZpptBV2PdG6VIDVzOv/6rmcYSgSy0sDoWLTPR+sOrnbu03MVNXe/8YHlA9k/C4&#10;HsEPuhB4OgRu3DxLVU2BmktKNihsothOP7DjGHhJWFTY99FlSK5P7IvYh4vYep+E4surxdWXm5p7&#10;os6+CppzYoiUvmt0Ih9aaY3POkADuwdKmQg055B87fHeWFt6ab2YWvn183VdEgit6bIzh1Ectmsb&#10;xQ7yNJRVqmLP2zBnEs+kNa6VTJDXcUpGDd0335VXEhh7PDMT60/KZDHy5FGzxe6wiWfFuHeF8mnO&#10;8nC8tUv2629Y/QEAAP//AwBQSwMEFAAGAAgAAAAhALcizCjcAAAABwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjs1OwzAQhO9IvIO1SFwQdVqJ0KRxqgKiBw6V6M/diZckIl6nsdOmPD0LFzjtjGY0+2XL&#10;0bbihL1vHCmYTiIQSKUzDVUK9rvX+zkIHzQZ3TpCBRf0sMyvrzKdGnemdzxtQyV4hHyqFdQhdKmU&#10;vqzRaj9xHRJnH663OrDtK2l6feZx28pZFMXS6ob4Q607fK6x/NwOVsEx7g7Flxye7pK33XS+Hyxt&#10;XtZK3d6MqwWIgGP4K8MPPqNDzkyFG8h40bKPHxOuKpjx4TxJHlgUv17mmfzPn38DAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAvKvogbkBAABVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAtyLMKNwAAAAHAQAADwAAAAAAAAAAAAAAAAATBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6223EBBC" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33EE8CFD" wp14:editId="61A3A18C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5062220</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>217170</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1261745" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Line 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -942,140 +977,151 @@
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="1E756014" id="Line 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="71.95pt,15.35pt" to="173.95pt,15.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpotvwtwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayrWiFOD2k6y7d&#10;FqDdBzCSHAuTREFUY+fvJ6mJW2y3YT4Qokg+PT7S69vJWXbUkQz6ji8XLWfaS1TGHzr+8+n+wzVn&#10;lMArsOh1x0+a+O3m/bv1GIRe4YBW6cgyiCcxho4PKQXRNCQH7YAWGLTPwR6jg5TdeGhUhDGjO9us&#10;2vaqGTGqEFFqonx79xLkm4rf91qmH31POjHb8cwtVRur3RfbbNYgDhHCYOSZBvwDCwfG50dnqDtI&#10;wJ6j+QvKGRmRsE8Lia7BvjdS1x5yN8v2j24eBwi69pLFoTDLRP8PVn4/bv0uFupy8o/hAeUvYh63&#10;A/iDrgSeTiEPblmkasZAYi4pDoVdZPvxG6qcA88JqwpTH12BzP2xqYp9msXWU2IyXy5XN58/tXkm&#10;8hJrQFwKQ6T0VaNj5dBxa3zRAQQcHygVIiAuKeXa472xts7SejZ2/ObjVVsLCK1RJVjSKB72WxvZ&#10;Eco21K92lSNv05xJeSetcR2/npNADBrUF6/qKwmMfTlnJtaflSlilM0jsUd12sWLYnl2lfJ5z8py&#10;vPVr9evfsPkNAAD//wMAUEsDBBQABgAIAAAAIQD4T31+3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9LT8MwEITvlfgP1iJxqajTpuojjVNREBw4INHH3YmXJCJeh9hpA7+eRRzgOLOfZmfS7WAb&#10;ccbO144UTCcRCKTCmZpKBcfD4+0KhA+ajG4coYJP9LDNrkapToy70Cue96EUHEI+0QqqENpESl9U&#10;aLWfuBaJb2+uszqw7EppOn3hcNvIWRQtpNU18YdKt3hfYfG+762Cj0V7yr9kvxuvnw/T1bG39PLw&#10;pNTN9XC3ARFwCH8w/NTn6pBxp9z1ZLxoWM/jNaMK4mgJgoF4vmQj/zVklsr/C7JvAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAGmi2/C3AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPhPfX7fAAAACQEAAA8AAAAAAAAAAAAAAAAAEQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>公司電話：</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="00EE677A">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00EE677A">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC6A77">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>傳真</w:t>
       </w:r>
       <w:r w:rsidR="00DC6A77">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00EE677A">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00DC6A77">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00DC6A77">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>統一編號</w:t>
       </w:r>
       <w:r w:rsidR="00DC6A77">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="171767C3" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77F45CDB" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="093E1F83" wp14:editId="2F4BA5B4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4342130</wp:posOffset>
@@ -1272,184 +1318,198 @@
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749B4686" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03ED8462" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRPr="00C43ED8" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>本展聯絡人：</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00697023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00DB7F75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>英</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">)     </w:t>
       </w:r>
       <w:r w:rsidR="00697023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="005F7246">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>分機</w:t>
       </w:r>
       <w:r w:rsidR="00697023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">:         </w:t>
       </w:r>
       <w:r w:rsidR="004368AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49FC6743" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BB880D6" wp14:editId="003368E3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1143000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>50165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5180965" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Line 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -1492,104 +1552,112 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="7E008769" id="Line 11" o:spid="_x0000_s1026" style="position:absolute;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="90pt,3.95pt" to="497.95pt,3.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAovE5atwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JTxHAEyzk4TS9p&#10;ayDpB6xJSiJCcgkuY8l/X5KxlaC9FdFhwX0NZ4erze1kDTuqQBpdy5eLmjPlBErt+pb/frr/suaM&#10;IjgJBp1q+UkRv91+/rQZfaOucEAjVWAJxFEz+pYPMfqmqkgMygIt0CuXkh0GCzG5oa9kgDGhW1Nd&#10;1fWqGjFIH1AoohS9e03ybcHvOiXir64jFZlpeeIWiw3FHrKtthto+gB+0OJMA/6DhQXt0qUz1B1E&#10;YC9B/wNltQhI2MWFQFth12mhygxpmmX91zSPA3hVZknikJ9loo+DFT+PO7cPmbqY3KN/QPFMzOFu&#10;ANerQuDp5NPDLbNU1eipmVuyQ34f2GH8gTLVwEvEosLUBZsh03xsKmKfZrHVFJlIwevlur5ZXXMm&#10;LrkKmkujDxS/K7QsH1putMs6QAPHB4qZCDSXkhx2eK+NKW9pHBtbfvN1VZcGQqNlTuYyCv1hZwI7&#10;Qt6G8pWpUuZ9mdUx7aTRtuXruQiaQYH85mS5JYI2r+fExLizMlmMvHnUHFCe9uGiWHq7Qvm8Z3k5&#10;3vul++1v2P4BAAD//wMAUEsDBBQABgAIAAAAIQBOXA5+3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9NT8MwDIbvSPyHyEhcEEuHxGhL04kPwYEDEtu4u41pKxqnNOlW+PUYLnDzo9d6/bhYz65X&#10;expD59nAcpGAIq697bgxsNs+nKegQkS22HsmA58UYF0eHxWYW3/gF9pvYqOkhEOOBtoYh1zrULfk&#10;MCz8QCzZmx8dRsGx0XbEg5S7Xl8kyUo77FgutDjQXUv1+2ZyBj5Ww2v1pafbs+xpu0x3k+Pn+0dj&#10;Tk/mm2tQkeb4tww/+qIOpThVfmIbVC+cJvJLNHCVgZI8yy5lqH5Zl4X+719+AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACi8Tlq3AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAE5cDn7cAAAABwEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="73125000" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRPr="00C43ED8" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="91"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>展品名</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>稱</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">)                                                      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="209407F6" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRPr="00C43ED8" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F4B8975" wp14:editId="1FE521CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1142365</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>78105</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5181600" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Line 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -1632,85 +1700,90 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="05664994" id="Line 12" o:spid="_x0000_s1026" style="position:absolute;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="89.95pt,6.15pt" to="497.95pt,6.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmFKgutwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7LMiEOD2k6y7d&#10;FqDdBzCybAuTREFUY+fvJ6mJW2y3YT4Qokg+PT7S29vZGnZSgTS6ljermjPlJHbaDS3/+XT/YcMZ&#10;RXAdGHSq5WdF/Hb3/t128kLd4IimU4ElEEdi8i0fY/SiqkiOygKt0CuXgj0GCzG5Yai6AFNCt6a6&#10;qet1NWHofECpiNLt3UuQ7wp+3ysZf/Q9qchMyxO3WGwo9phttduCGAL4UcsLDfgHFha0S48uUHcQ&#10;gT0H/ReU1TIgYR9XEm2Ffa+lKj2kbpr6j24eR/Cq9JLEIb/IRP8PVn4/7d0hZOpydo/+AeUvYg73&#10;I7hBFQJPZ58G12SpqsmTWEqyQ/4Q2HH6hl3KgeeIRYW5DzZDpv7YXMQ+L2KrOTKZLj81m2Zdp5nI&#10;a6wCcS30geJXhZblQ8uNdlkHEHB6oJiJgLim5GuH99qYMkvj2NTyzx/XdSkgNLrLwZxGYTjuTWAn&#10;yNtQvtJVirxNszqmnTTatnyzJIEYFXRfXFdeiaDNyzkxMe6iTBYjbx6JI3bnQ7gqlmZXKF/2LC/H&#10;W79Uv/4Nu98AAAD//wMAUEsDBBQABgAIAAAAIQAxTzZC3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8MwDIXvSPyHyEi7IJZuiLGUphMDwYEDEtu4p41pKxqnNOlW9uvxxAFufs9Pz5+z1eha&#10;scc+NJ40zKYJCKTS24YqDbvt09USRIiGrGk9oYZvDLDKz88yk1p/oDfcb2IluIRCajTUMXaplKGs&#10;0Zkw9R0S7z5870xk2VfS9ubA5a6V8yRZSGca4gu16fChxvJzMzgNX4vuvTjKYX2pXraz5W5w9Pr4&#10;rPXkYry/AxFxjH9hOOEzOuTMVPiBbBAt61ulOMrD/BoEB5S6YaP4NWSeyf8f5D8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAphSoLrcBAABVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAMU82Qt4AAAAJAQAADwAAAAAAAAAAAAAAAAARBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A023ADC" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRPr="00C43ED8" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">   (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>英</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">)                                                      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72990999" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="344E8499" wp14:editId="4341B43A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -1772,250 +1845,271 @@
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="1C04A9A2" id="Line 13" o:spid="_x0000_s1026" style="position:absolute;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="87.55pt,3.55pt" to="497.95pt,3.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0kIrYtwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YyrMiEOD2k6y7d&#10;FqDdBzCSbAuTREFU4+TvJ6mJW2y3YT4Qokg+PT7Sm9uTs+yoIxn0HV8uWs60l6iMHzr+8+n+w5oz&#10;SuAVWPS642dN/Hb7/t1mCkKvcESrdGQZxJOYQsfHlIJoGpKjdkALDNrnYI/RQcpuHBoVYcrozjar&#10;tr1pJowqRJSaKN/evQT5tuL3vZbpR9+TTsx2PHNL1cZqD8U22w2IIUIYjbzQgH9g4cD4/OgMdQcJ&#10;2HM0f0E5IyMS9mkh0TXY90bq2kPuZtn+0c3jCEHXXrI4FGaZ6P/Byu/Hnd/HQl2e/GN4QPmLmMfd&#10;CH7QlcDTOeTBLYtUzRRIzCXFobCP7DB9Q5Vz4DlhVeHUR1cgc3/sVMU+z2LrU2IyX35aLVftOs9E&#10;XmMNiGthiJS+anSsHDpujS86gIDjA6VCBMQ1pVx7vDfW1llaz6aOf/5409YCQmtUCZY0isNhZyM7&#10;QtmG+tWucuRtmjMp76Q1ruPrOQnEqEF98aq+ksDYl3NmYv1FmSJG2TwSB1TnfbwqlmdXKV/2rCzH&#10;W79Wv/4N298AAAD//wMAUEsDBBQABgAIAAAAIQAJIxbA3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI7LTsMwEEX3SP0Ha5DYIOoEqY+kcaoCogsWSLRl78TTJCIeh9hpA1/PlA2sRkf36s7J1qNt&#10;xQl73zhSEE8jEEilMw1VCg7757slCB80Gd06QgVf6GGdT64ynRp3pjc87UIleIR8qhXUIXSplL6s&#10;0Wo/dR0SZ0fXWx0Y+0qaXp953LbyPorm0uqG+EOtO3yssfzYDVbB57x7L77l8HCbvOzj5WGw9Pq0&#10;VermetysQAQcw18ZLvqsDjk7FW4g40XLvJjFXFWw4MN5kswSEMUvyzyT//3zHwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQB0kIrYtwEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAJIxbA3QAAAAcBAAAPAAAAAAAAAAAAAAAAABEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="74122033" w14:textId="77777777" w:rsidR="0090250E" w:rsidRDefault="00F17EBC" w:rsidP="0090250E">
       <w:pPr>
         <w:spacing w:line="500" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位申請：</w:t>
       </w:r>
       <w:r w:rsidR="0090250E" w:rsidRPr="00B16511">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="0090250E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>個</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
           <w:attr w:name="UnitName" w:val="m2"/>
           <w:attr w:name="SourceValue" w:val="9"/>
           <w:attr w:name="HasSpace" w:val="False"/>
           <w:attr w:name="Negative" w:val="False"/>
           <w:attr w:name="NumberType" w:val="1"/>
           <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidR="0090250E" w:rsidRPr="0090250E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>9m</w:t>
         </w:r>
         <w:r w:rsidR="0090250E" w:rsidRPr="0090250E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:vertAlign w:val="superscript"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="0090250E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位，□標準攤位</w:t>
       </w:r>
       <w:r w:rsidR="00411360">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0090250E">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidR="0090250E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>空地攤位</w:t>
       </w:r>
       <w:r w:rsidR="000D621F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D621F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0090250E" w:rsidRPr="002B0F62">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>館別</w:t>
       </w:r>
       <w:r w:rsidR="0090250E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="0090250E" w:rsidRPr="00026090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidR="0090250E" w:rsidRPr="00026090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B9126A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00837A1D" w:rsidRPr="00026090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>Level</w:t>
       </w:r>
       <w:r w:rsidR="00026090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0090250E" w:rsidRPr="0090250E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0090250E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0090250E">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidR="00B9126A">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00026090" w:rsidRPr="00026090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>Level</w:t>
       </w:r>
       <w:r w:rsidR="00026090">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C6774">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9399" w:type="dxa"/>
         <w:tblInd w:w="461" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -2564,924 +2658,835 @@
         <w:ind w:leftChars="118" w:left="283"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F03811">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>備註：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CAD35C1" w14:textId="77777777" w:rsidR="00790955" w:rsidRPr="0075704E" w:rsidRDefault="00790955" w:rsidP="00790955">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:leftChars="118" w:left="643" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>每個</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
           <w:attr w:name="UnitName" w:val="m2"/>
           <w:attr w:name="SourceValue" w:val="9"/>
           <w:attr w:name="HasSpace" w:val="False"/>
           <w:attr w:name="Negative" w:val="False"/>
           <w:attr w:name="NumberType" w:val="1"/>
           <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="0075704E">
           <w:rPr>
             <w:rFonts w:eastAsia="標楷體"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>9m</w:t>
         </w:r>
         <w:r w:rsidRPr="0075704E">
           <w:rPr>
             <w:rFonts w:eastAsia="標楷體"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>標準攤位費用僅含攤位租金及台灣館基本裝潢，不含其他參展費用，如：特殊需求家具配備</w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>或承租空地攤位之攤位裝潢</w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>、機器用水電、運費、保險費、人員差旅費等。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF3E2D6" w14:textId="77777777" w:rsidR="00790955" w:rsidRDefault="00790955" w:rsidP="00790955">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:leftChars="118" w:left="643" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00415F5A">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>空地攤位：</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA72C6">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>訂</w:t>
       </w:r>
       <w:r w:rsidRPr="00166545">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>空地最少需</w:t>
       </w:r>
       <w:r w:rsidRPr="00166545">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>36 m</w:t>
       </w:r>
       <w:r w:rsidRPr="00166545">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA72C6">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>，為不影響台灣館整體裝潢，空地位置將由公會指定。自行裝潢需含</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA72C6">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>Taiwan</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA72C6">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>識別</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA72C6">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>Logo</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA72C6">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>，方能申請推廣貿易基金補助。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06520EA7" w14:textId="419C5CC6" w:rsidR="00790955" w:rsidRPr="0075704E" w:rsidRDefault="00790955" w:rsidP="00790955">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:leftChars="118" w:left="643" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>以上價格未含</w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>5%</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>營業稅，本會會員開立收據，非本會會員開立發票，</w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>5%</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>營業稅外加。</w:t>
       </w:r>
       <w:r w:rsidR="00944324" w:rsidRPr="00B559D8">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>參展</w:t>
       </w:r>
       <w:r w:rsidR="00CD55D0">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位費</w:t>
       </w:r>
       <w:r w:rsidR="00944324" w:rsidRPr="00B559D8">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>一經繳納概不退還。如逾期未收到</w:t>
       </w:r>
       <w:r w:rsidR="00CD55D0">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位費</w:t>
       </w:r>
       <w:r w:rsidR="00944324" w:rsidRPr="00B559D8">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>，本報名表視同無效</w:t>
       </w:r>
       <w:r w:rsidR="00CD55D0">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1508C728" w14:textId="77777777" w:rsidR="00790955" w:rsidRPr="0075704E" w:rsidRDefault="00790955" w:rsidP="00790955">
+    <w:p w14:paraId="1508C728" w14:textId="7DAB3CA1" w:rsidR="00790955" w:rsidRPr="0075704E" w:rsidRDefault="00790955" w:rsidP="00790955">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:leftChars="118" w:left="643" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="0075704E">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>參展補助：本展申請貿易</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>署</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>推貿基金補助中，預計</w:t>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>推貿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0330F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>基金補助中，預計</w:t>
       </w:r>
       <w:r w:rsidRPr="00891B74">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>本會會員每第</w:t>
       </w:r>
       <w:r w:rsidRPr="00891B74">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00891B74">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>個攤位</w:t>
       </w:r>
       <w:r w:rsidRPr="00891B74">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
           <w:attr w:name="TCSC" w:val="0"/>
           <w:attr w:name="NumberType" w:val="1"/>
           <w:attr w:name="Negative" w:val="False"/>
           <w:attr w:name="HasSpace" w:val="False"/>
           <w:attr w:name="SourceValue" w:val="9"/>
           <w:attr w:name="UnitName" w:val="m2"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00891B74">
           <w:rPr>
             <w:rFonts w:eastAsia="標楷體"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>9m</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
         <w:r w:rsidRPr="00891B74">
           <w:rPr>
             <w:rFonts w:eastAsia="標楷體"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:vertAlign w:val="superscript"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00891B74">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00891B74">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>補助</w:t>
       </w:r>
+      <w:r w:rsidR="00C77628">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00891B74">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>萬元，以報名前</w:t>
+      </w:r>
+      <w:r w:rsidR="001774CF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00891B74">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>個攤位為限</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0330F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0330F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...106 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...21 lines deleted...]
-        <w:t>2</w:t>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>實際補助金額將視國貿</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>署</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...102 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>核定總補助款多寡與廠商報名情況核算。）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCCFCA3" w14:textId="77777777" w:rsidR="00790955" w:rsidRPr="00E0330F" w:rsidRDefault="00790955" w:rsidP="00790955">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:leftChars="118" w:left="643" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>本展貿易</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>署</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>參展補助申請</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>，受領參展補助或享早鳥優惠的廠商不得重複申請「公司或商號參加</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>海外</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>國際展覽</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>之計畫</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>補助」。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F04A80C" w14:textId="77777777" w:rsidR="00790955" w:rsidRDefault="00790955" w:rsidP="00790955">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:leftChars="118" w:left="643" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位位置分配，依攤位大小及完成報名繳費順序圈選。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22E2B207" w14:textId="77777777" w:rsidR="00837A1D" w:rsidRPr="00790955" w:rsidRDefault="00837A1D" w:rsidP="00022D83">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:leftChars="118" w:left="643" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EA9BD87" w14:textId="77777777" w:rsidR="00D26F20" w:rsidRPr="00022D83" w:rsidRDefault="00D26F20" w:rsidP="00022D83">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:leftChars="118" w:left="643" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DD48E48" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="002001DC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:ind w:right="-439"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AABFC52" wp14:editId="42FBBB2B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1403985</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>215265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1600200" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Line 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -3596,212 +3601,234 @@
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="13592E31" id="Line 15" o:spid="_x0000_s1026" style="position:absolute;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="305.95pt,16pt" to="491.95pt,16pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1VQACtgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSIOiEOD2k6y7d&#10;FqDtBzCSbAuTREFU4+TvJ6mJV2y3YT4Qokg+PT7Sm7uTs+yoIxn0HV8uWs60l6iMHzr+8vzw6ZYz&#10;SuAVWPS642dN/G778cNmCkKvcESrdGQZxJOYQsfHlIJoGpKjdkALDNrnYI/RQcpuHBoVYcrozjar&#10;tl03E0YVIkpNlG/v34J8W/H7Xsv0o+9JJ2Y7nrmlamO1h2Kb7QbEECGMRl5owD+wcGB8fnSGuocE&#10;7DWav6CckREJ+7SQ6BrseyN17SF3s2z/6OZphKBrL1kcCrNM9P9g5ffjzu9joS5P/ik8ovxJzONu&#10;BD/oSuD5HPLglkWqZgok5pLiUNhHdpi+oco58JqwqnDqoyuQuT92qmKfZ7H1KTGZL1c361WeIGfy&#10;GmtAXAtDpPRVo2Pl0HFrfNEBBBwfKRUiIK4p5drjg7G2ztJ6NnX88826rQWE1qgSLGkUh8PORnaE&#10;sg31q13lyPs0Z1LeSWtcx2/nJBCjBvXFq/pKAmPfzpmJ9Rdlihhl80gcUJ338apYnl2lfNmzshzv&#10;/Vr9+2/Y/gIAAP//AwBQSwMEFAAGAAgAAAAhAAKho8XeAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01PhDAQhu8m/odmTLwYt7CbEGApGz+iBw8m++G90Fkg0inSsov+esd40OO88+T9KDaz7cUJ&#10;R985UhAvIhBItTMdNQoO+6fbFIQPmozuHaGCT/SwKS8vCp0bd6YtnnahEWxCPtcK2hCGXEpft2i1&#10;X7gBiX9HN1od+BwbaUZ9ZnPby2UUJdLqjjih1QM+tFi/7yar4CMZ3qovOd3fZC/7OD1Mll4fn5W6&#10;vprv1iACzuEPhp/6XB1K7lS5iYwXvYIkjjNGFayWvImBLF2xUP0Ksizk/wXlNwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA1VQACtgEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQACoaPF3gAAAAkBAAAPAAAAAAAAAAAAAAAAABAEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位申請人簽名：</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>公司章：</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6354E6" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:iCs/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>報名日期：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BCAF09" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="008C46D7" w:rsidP="00D127B2">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:beforeLines="50" w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>組團單位：台灣</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>工具機暨零組件工業同業公會</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="009D41D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">407 </w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>台中市工業區三十七路</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>號</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>樓</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48939794" w14:textId="663F1912" w:rsidR="00F17EBC" w:rsidRPr="00837A1D" w:rsidRDefault="00F17EBC" w:rsidP="00837A1D">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
         </w:rPr>
         <w:t>聯絡人：</w:t>
       </w:r>
       <w:r w:rsidR="008C46D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:iCs/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>李靜婷</w:t>
       </w:r>
       <w:r w:rsidR="00FB73DF">
@@ -3900,58 +3927,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>.org.tw</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F17EBC" w:rsidRPr="00837A1D" w:rsidSect="00A56E4E">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="284" w:right="990" w:bottom="426" w:left="1134" w:header="284" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46BB323D" w14:textId="77777777" w:rsidR="00591A90" w:rsidRDefault="00591A90">
+    <w:p w14:paraId="4716D945" w14:textId="77777777" w:rsidR="000808E2" w:rsidRDefault="000808E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4026BF3C" w14:textId="77777777" w:rsidR="00591A90" w:rsidRDefault="00591A90">
+    <w:p w14:paraId="79FB45C9" w14:textId="77777777" w:rsidR="000808E2" w:rsidRDefault="000808E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
@@ -3986,101 +4013,102 @@
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="文鼎中圓">
     <w:altName w:val="細明體"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
+    <w:altName w:val="Microsoft YaHei"/>
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00975DBD" w14:textId="53A08582" w:rsidR="00F17EBC" w:rsidRPr="00C90441" w:rsidRDefault="00F17EBC" w:rsidP="00C90441">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="6341"/>
       </w:tabs>
       <w:spacing w:line="400" w:lineRule="exact"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="49F3C013" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
     <w:pPr>
       <w:pStyle w:val="af"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4916928B" w14:textId="77777777" w:rsidR="00591A90" w:rsidRDefault="00591A90">
+    <w:p w14:paraId="642CF9B5" w14:textId="77777777" w:rsidR="000808E2" w:rsidRDefault="000808E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70FFE929" w14:textId="77777777" w:rsidR="00591A90" w:rsidRDefault="00591A90">
+    <w:p w14:paraId="0BCBD77C" w14:textId="77777777" w:rsidR="000808E2" w:rsidRDefault="000808E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36A9B1BB" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:spacing w:line="220" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="文鼎中圓" w:eastAsia="文鼎中圓" w:hAnsi="文鼎中圓"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -4262,115 +4290,120 @@
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D32CCE"/>
     <w:rsid w:val="000125EF"/>
     <w:rsid w:val="00022D83"/>
     <w:rsid w:val="00026090"/>
     <w:rsid w:val="00053DE8"/>
     <w:rsid w:val="00060D69"/>
+    <w:rsid w:val="00071792"/>
     <w:rsid w:val="000762A1"/>
+    <w:rsid w:val="000808E2"/>
     <w:rsid w:val="00083326"/>
     <w:rsid w:val="0009787F"/>
     <w:rsid w:val="000A177D"/>
     <w:rsid w:val="000A3E8C"/>
     <w:rsid w:val="000B3ACB"/>
     <w:rsid w:val="000C0B70"/>
     <w:rsid w:val="000C44AD"/>
     <w:rsid w:val="000C7756"/>
     <w:rsid w:val="000D621F"/>
     <w:rsid w:val="000E04F4"/>
     <w:rsid w:val="000F41A1"/>
     <w:rsid w:val="0012542A"/>
     <w:rsid w:val="00136FF5"/>
     <w:rsid w:val="00147EE2"/>
+    <w:rsid w:val="001774CF"/>
     <w:rsid w:val="00182B9B"/>
     <w:rsid w:val="001A6761"/>
     <w:rsid w:val="001B7DD6"/>
     <w:rsid w:val="001C1618"/>
     <w:rsid w:val="001D1796"/>
     <w:rsid w:val="002001DC"/>
     <w:rsid w:val="002004D3"/>
     <w:rsid w:val="0022324F"/>
     <w:rsid w:val="00265560"/>
     <w:rsid w:val="002B0F62"/>
     <w:rsid w:val="002C3A8A"/>
+    <w:rsid w:val="002D153D"/>
     <w:rsid w:val="00311706"/>
     <w:rsid w:val="0034376B"/>
     <w:rsid w:val="00377AC6"/>
     <w:rsid w:val="00387010"/>
     <w:rsid w:val="00392D89"/>
     <w:rsid w:val="003E1788"/>
     <w:rsid w:val="003E72EB"/>
     <w:rsid w:val="00404911"/>
     <w:rsid w:val="004074BB"/>
     <w:rsid w:val="00411360"/>
     <w:rsid w:val="004216DA"/>
     <w:rsid w:val="004250B9"/>
     <w:rsid w:val="004256D8"/>
     <w:rsid w:val="00426C9B"/>
     <w:rsid w:val="004368AC"/>
     <w:rsid w:val="00465BDD"/>
     <w:rsid w:val="004D2681"/>
     <w:rsid w:val="004F3711"/>
     <w:rsid w:val="005307AE"/>
     <w:rsid w:val="005325FA"/>
     <w:rsid w:val="005618F2"/>
     <w:rsid w:val="00576C67"/>
     <w:rsid w:val="00580703"/>
     <w:rsid w:val="00586DFD"/>
     <w:rsid w:val="00591A90"/>
     <w:rsid w:val="00593B46"/>
     <w:rsid w:val="005C31DB"/>
     <w:rsid w:val="005C3858"/>
     <w:rsid w:val="005F7246"/>
     <w:rsid w:val="006277D0"/>
     <w:rsid w:val="0063791B"/>
     <w:rsid w:val="00650890"/>
     <w:rsid w:val="00651B38"/>
     <w:rsid w:val="00655FE5"/>
     <w:rsid w:val="006769FC"/>
     <w:rsid w:val="00697023"/>
     <w:rsid w:val="006C0218"/>
     <w:rsid w:val="006F786C"/>
     <w:rsid w:val="00705A23"/>
+    <w:rsid w:val="00712D46"/>
     <w:rsid w:val="0075704E"/>
     <w:rsid w:val="007708F5"/>
     <w:rsid w:val="007709D1"/>
     <w:rsid w:val="007767C7"/>
     <w:rsid w:val="00790955"/>
     <w:rsid w:val="007A35B3"/>
     <w:rsid w:val="007D07C0"/>
     <w:rsid w:val="007D2D46"/>
     <w:rsid w:val="007F6FDE"/>
     <w:rsid w:val="00807753"/>
     <w:rsid w:val="008257AD"/>
     <w:rsid w:val="00837A1D"/>
     <w:rsid w:val="00845B84"/>
     <w:rsid w:val="008479BA"/>
     <w:rsid w:val="008532C6"/>
     <w:rsid w:val="008C3FDE"/>
     <w:rsid w:val="008C46D7"/>
     <w:rsid w:val="008C6774"/>
     <w:rsid w:val="008D11CA"/>
     <w:rsid w:val="008D799F"/>
     <w:rsid w:val="008F699C"/>
     <w:rsid w:val="0090250E"/>
     <w:rsid w:val="009043CA"/>
     <w:rsid w:val="009125C7"/>
     <w:rsid w:val="009139F7"/>
@@ -4380,96 +4413,100 @@
     <w:rsid w:val="009658CE"/>
     <w:rsid w:val="00971FDB"/>
     <w:rsid w:val="0099781F"/>
     <w:rsid w:val="009B3F47"/>
     <w:rsid w:val="009C4004"/>
     <w:rsid w:val="009D41D0"/>
     <w:rsid w:val="00A033AA"/>
     <w:rsid w:val="00A56E4E"/>
     <w:rsid w:val="00A6361E"/>
     <w:rsid w:val="00AC1F9E"/>
     <w:rsid w:val="00AC2413"/>
     <w:rsid w:val="00AC3D78"/>
     <w:rsid w:val="00AC736C"/>
     <w:rsid w:val="00AF7D7C"/>
     <w:rsid w:val="00B00FAD"/>
     <w:rsid w:val="00B131DB"/>
     <w:rsid w:val="00B46ABF"/>
     <w:rsid w:val="00B65DF5"/>
     <w:rsid w:val="00B9126A"/>
     <w:rsid w:val="00BA00D1"/>
     <w:rsid w:val="00BB07DD"/>
     <w:rsid w:val="00BD13B4"/>
     <w:rsid w:val="00BD63CD"/>
     <w:rsid w:val="00C075CB"/>
     <w:rsid w:val="00C43ED8"/>
+    <w:rsid w:val="00C77628"/>
     <w:rsid w:val="00C87892"/>
     <w:rsid w:val="00C90441"/>
     <w:rsid w:val="00CD55D0"/>
     <w:rsid w:val="00D127B2"/>
+    <w:rsid w:val="00D14E96"/>
     <w:rsid w:val="00D26F20"/>
     <w:rsid w:val="00D32CCE"/>
     <w:rsid w:val="00D449F4"/>
     <w:rsid w:val="00D674BE"/>
     <w:rsid w:val="00DB7F75"/>
     <w:rsid w:val="00DC6A77"/>
     <w:rsid w:val="00E0330F"/>
     <w:rsid w:val="00E05407"/>
     <w:rsid w:val="00E257EC"/>
     <w:rsid w:val="00E267B5"/>
+    <w:rsid w:val="00E27430"/>
     <w:rsid w:val="00E625FA"/>
     <w:rsid w:val="00E83774"/>
     <w:rsid w:val="00EB505A"/>
     <w:rsid w:val="00EC069C"/>
     <w:rsid w:val="00ED0A02"/>
     <w:rsid w:val="00EE677A"/>
     <w:rsid w:val="00F03811"/>
     <w:rsid w:val="00F143CD"/>
     <w:rsid w:val="00F17EBC"/>
     <w:rsid w:val="00F3528D"/>
     <w:rsid w:val="00F55CB2"/>
     <w:rsid w:val="00F74CE4"/>
     <w:rsid w:val="00FA3097"/>
     <w:rsid w:val="00FB5599"/>
     <w:rsid w:val="00FB73DF"/>
     <w:rsid w:val="00FC2544"/>
+    <w:rsid w:val="00FD4949"/>
     <w:rsid w:val="00FE5CC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="chmetcnv"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0A63AF61"/>
   <w15:docId w15:val="{52BF4CED-4BFD-408A-976E-A47FB16B5908}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
@@ -5738,55 +5775,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>584</Words>
-  <Characters>754</Characters>
+  <Words>626</Words>
+  <Characters>633</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1283</CharactersWithSpaces>
+  <CharactersWithSpaces>1207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>86太文字第0301號</dc:title>
   <dc:subject/>
   <dc:creator>TMBA</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>