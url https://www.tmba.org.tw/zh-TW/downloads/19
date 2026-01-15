--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -16,74 +16,64 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="7A6EC289" w14:textId="692FCE5D" w:rsidR="00F17EBC" w:rsidRPr="0022324F" w:rsidRDefault="00F17EBC" w:rsidP="0022324F">
       <w:pPr>
         <w:ind w:left="-1080" w:right="-679" w:firstLine="595"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022324F">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>越南胡志明</w:t>
-[...10 lines deleted...]
-        <w:t>國際工具機暨金屬加工設備展</w:t>
+        <w:t>越南胡志明國際工具機暨金屬加工設備展</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(7/</w:t>
       </w:r>
       <w:r w:rsidR="009A357B">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
@@ -116,195 +106,171 @@
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00E625FA">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="062A0499" w14:textId="7742A3BF" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC" w:rsidP="0022324F">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022324F">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...23 lines deleted...]
-        <w:t>20</w:t>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>MTA Vietnam 20</w:t>
       </w:r>
       <w:r w:rsidR="00282B98">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="009A357B">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0022324F">
         <w:rPr>
           <w:rStyle w:val="heading1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>參展廠商報名表</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14FF1AC1" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>公司名稱</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B2284C" w14:textId="3F8634F0" w:rsidR="00F17EBC" w:rsidRDefault="00DD1A18">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59D21D31" wp14:editId="3F9E85F7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1066165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>71755</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1822152193" name="Line 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -351,88 +317,94 @@
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="1931103B" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="83.95pt,5.65pt" to="497.95pt,5.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q+iBuQEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaNcZcXpI1126&#10;LUC7H8DIsi1UEgVRjZN/P0r5aLHdhuogiCL59PhILW/3zoqdjmTQt3I+q6XQXmFn/NDK30/3n26k&#10;oAS+A4tet/KgSd6uPn5YTqHRCxzRdjoKBvHUTKGVY0qhqSpSo3ZAMwzas7PH6CCxGYeqizAxurPV&#10;oq6vqwljFyIqTcS3d0enXBX8vtcq/ep70knYVjK3VPZY9m3eq9USmiFCGI060YD/YOHAeH70AnUH&#10;CcRLNP9AOaMiEvZpptBV2PdG6VIDVzOv/6rmcYSgSy0sDoWLTPR+sOrnbu03MVNXe/8YHlA9k/C4&#10;HsEPuhB4OgRu3DxLVU2BmktKNihsothOP7DjGHhJWFTY99FlSK5P7IvYh4vYep+E4surxdWXm5p7&#10;os6+CppzYoiUvmt0Ih9aaY3POkADuwdKmQg055B87fHeWFt6ab2YWvn183VdEgit6bIzh1Ectmsb&#10;xQ7yNJRVqmLP2zBnEs+kNa6VTJDXcUpGDd0335VXEhh7PDMT60/KZDHy5FGzxe6wiWfFuHeF8mnO&#10;8nC8tUv2629Y/QEAAP//AwBQSwMEFAAGAAgAAAAhAIUKR6veAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I+w+RJ3FBLC2Ispam0wDBYQcktnFPG9NWa5zSpFvh12PEAW5+z0/Pn/PV&#10;ZDtxxMG3jhTEiwgEUuVMS7WC/e7pcgnCB01Gd45QwSd6WBWzs1xnxp3oFY/bUAsuIZ9pBU0IfSal&#10;rxq02i9cj8S7dzdYHVgOtTSDPnG57eRVFCXS6pb4QqN7fGiwOmxHq+Aj6d/KLzneX6SbXbzcj5Ze&#10;Hp+VOp9P6zsQAafwF4YffEaHgplKN5LxomOd3KYc5SG+BsGBNL1ho/w1ZJHL/x8U3wAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQC8q+iBuQEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCFCker3gAAAAkBAAAPAAAAAAAAAAAAAAAAABMEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHgUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C09857" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="840"/>
         </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">        (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>英</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A12C4E" w14:textId="5205D7D4" w:rsidR="00F17EBC" w:rsidRDefault="00DD1A18">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CB6BDEF" wp14:editId="625E2D89">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1066165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>19685</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1938805023" name="Line 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -475,95 +447,102 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="310F59F1" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="83.95pt,1.55pt" to="497.95pt,1.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q+iBuQEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaNcZcXpI1126&#10;LUC7H8DIsi1UEgVRjZN/P0r5aLHdhuogiCL59PhILW/3zoqdjmTQt3I+q6XQXmFn/NDK30/3n26k&#10;oAS+A4tet/KgSd6uPn5YTqHRCxzRdjoKBvHUTKGVY0qhqSpSo3ZAMwzas7PH6CCxGYeqizAxurPV&#10;oq6vqwljFyIqTcS3d0enXBX8vtcq/ep70knYVjK3VPZY9m3eq9USmiFCGI060YD/YOHAeH70AnUH&#10;CcRLNP9AOaMiEvZpptBV2PdG6VIDVzOv/6rmcYSgSy0sDoWLTPR+sOrnbu03MVNXe/8YHlA9k/C4&#10;HsEPuhB4OgRu3DxLVU2BmktKNihsothOP7DjGHhJWFTY99FlSK5P7IvYh4vYep+E4surxdWXm5p7&#10;os6+CppzYoiUvmt0Ih9aaY3POkADuwdKmQg055B87fHeWFt6ab2YWvn183VdEgit6bIzh1Ectmsb&#10;xQ7yNJRVqmLP2zBnEs+kNa6VTJDXcUpGDd0335VXEhh7PDMT60/KZDHy5FGzxe6wiWfFuHeF8mnO&#10;8nC8tUv2629Y/QEAAP//AwBQSwMEFAAGAAgAAAAhAORxPxvbAAAABwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjsFOwzAQRO9I/QdrK3FB1AmI0IQ4VQHBoQck2nJ34iWJGq9D7LSBr2fhAsenGc28fDXZ&#10;Thxx8K0jBfEiAoFUOdNSrWC/e7pcgvBBk9GdI1TwiR5Wxews15lxJ3rF4zbUgkfIZ1pBE0KfSemr&#10;Bq32C9cjcfbuBqsD41BLM+gTj9tOXkVRIq1uiR8a3eNDg9VhO1oFH0n/Vn7J8f4i3ezi5X609PL4&#10;rNT5fFrfgQg4hb8y/OizOhTsVLqRjBcdc3KbclXBdQyC8zS9YS5/WRa5/O9ffAMAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQC8q+iBuQEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDkcT8b2wAAAAcBAAAPAAAAAAAAAAAAAAAAABMEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2D78FC" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>公司地址</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E8754C8" w14:textId="6A8A96A4" w:rsidR="00F17EBC" w:rsidRDefault="00DD1A18">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39A1718F" wp14:editId="3FE5B62C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1066165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>70485</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="639917787" name="Line 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -606,88 +585,94 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="53115602" id="Line 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="83.95pt,5.55pt" to="497.95pt,5.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q+iBuQEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaNcZcXpI1126&#10;LUC7H8DIsi1UEgVRjZN/P0r5aLHdhuogiCL59PhILW/3zoqdjmTQt3I+q6XQXmFn/NDK30/3n26k&#10;oAS+A4tet/KgSd6uPn5YTqHRCxzRdjoKBvHUTKGVY0qhqSpSo3ZAMwzas7PH6CCxGYeqizAxurPV&#10;oq6vqwljFyIqTcS3d0enXBX8vtcq/ep70knYVjK3VPZY9m3eq9USmiFCGI060YD/YOHAeH70AnUH&#10;CcRLNP9AOaMiEvZpptBV2PdG6VIDVzOv/6rmcYSgSy0sDoWLTPR+sOrnbu03MVNXe/8YHlA9k/C4&#10;HsEPuhB4OgRu3DxLVU2BmktKNihsothOP7DjGHhJWFTY99FlSK5P7IvYh4vYep+E4surxdWXm5p7&#10;os6+CppzYoiUvmt0Ih9aaY3POkADuwdKmQg055B87fHeWFt6ab2YWvn183VdEgit6bIzh1Ectmsb&#10;xQ7yNJRVqmLP2zBnEs+kNa6VTJDXcUpGDd0335VXEhh7PDMT60/KZDHy5FGzxe6wiWfFuHeF8mnO&#10;8nC8tUv2629Y/QEAAP//AwBQSwMEFAAGAAgAAAAhAB+jYy7eAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I+w+RkbgglhaJsnZNpwFiBw5IbOOeNl5b0TilSbeOX48RB7j5PT89f85X&#10;k+3EEQffOlIQzyMQSJUzLdUK9rvnmwUIHzQZ3TlCBWf0sCpmF7nOjDvRGx63oRZcQj7TCpoQ+kxK&#10;XzVotZ+7Hol3BzdYHVgOtTSDPnG57eRtFCXS6pb4QqN7fGyw+tiOVsFn0r+XX3J8uE5fdvFiP1p6&#10;fdoodXU5rZcgAk7hLww/+IwOBTOVbiTjRcc6uU85ykMcg+BAmt6xUf4assjl/w+KbwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQC8q+iBuQEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAfo2Mu3gAAAAkBAAAPAAAAAAAAAAAAAAAAABMEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHgUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="68CC5299" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">        (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>英</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01899E8A" w14:textId="3688E0ED" w:rsidR="00F17EBC" w:rsidRDefault="00DD1A18">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="018E5EFC" wp14:editId="5AE24BF5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1066165</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>18415</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5257800" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="371541263" name="Line 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -730,50 +715,51 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="55D5070D" id="Line 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="83.95pt,1.45pt" to="497.95pt,1.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8q+iBuQEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkaNcZcXpI1126&#10;LUC7H8DIsi1UEgVRjZN/P0r5aLHdhuogiCL59PhILW/3zoqdjmTQt3I+q6XQXmFn/NDK30/3n26k&#10;oAS+A4tet/KgSd6uPn5YTqHRCxzRdjoKBvHUTKGVY0qhqSpSo3ZAMwzas7PH6CCxGYeqizAxurPV&#10;oq6vqwljFyIqTcS3d0enXBX8vtcq/ep70knYVjK3VPZY9m3eq9USmiFCGI060YD/YOHAeH70AnUH&#10;CcRLNP9AOaMiEvZpptBV2PdG6VIDVzOv/6rmcYSgSy0sDoWLTPR+sOrnbu03MVNXe/8YHlA9k/C4&#10;HsEPuhB4OgRu3DxLVU2BmktKNihsothOP7DjGHhJWFTY99FlSK5P7IvYh4vYep+E4surxdWXm5p7&#10;os6+CppzYoiUvmt0Ih9aaY3POkADuwdKmQg055B87fHeWFt6ab2YWvn183VdEgit6bIzh1Ectmsb&#10;xQ7yNJRVqmLP2zBnEs+kNa6VTJDXcUpGDd0335VXEhh7PDMT60/KZDHy5FGzxe6wiWfFuHeF8mnO&#10;8nC8tUv2629Y/QEAAP//AwBQSwMEFAAGAAgAAAAhALcizCjcAAAABwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMjs1OwzAQhO9IvIO1SFwQdVqJ0KRxqgKiBw6V6M/diZckIl6nsdOmPD0LFzjtjGY0+2XL&#10;0bbihL1vHCmYTiIQSKUzDVUK9rvX+zkIHzQZ3TpCBRf0sMyvrzKdGnemdzxtQyV4hHyqFdQhdKmU&#10;vqzRaj9xHRJnH663OrDtK2l6feZx28pZFMXS6ob4Q607fK6x/NwOVsEx7g7Flxye7pK33XS+Hyxt&#10;XtZK3d6MqwWIgGP4K8MPPqNDzkyFG8h40bKPHxOuKpjx4TxJHlgUv17mmfzPn38DAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAvKvogbkBAABVAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAtyLMKNwAAAAHAQAADwAAAAAAAAAAAAAAAAATBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1793B747" w14:textId="6766889F" w:rsidR="00F17EBC" w:rsidRDefault="00DD1A18">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DDE8977" wp14:editId="10820781">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5055235</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201930</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1268730" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="762649127" name="Line 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -964,96 +950,103 @@
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="27EB9DB4" id="Line 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="233.95pt,15.35pt" to="323.95pt,15.35pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPIIjvtwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7bboeiEOD2k6y7d&#10;FqDdBzCSbAuTREFU4+TvJ6mJV2y3YT4Qokg+PT7S67ujs+ygIxn0Pe9WLWfaS1TGjz3/8fzw4ZYz&#10;SuAVWPS65ydN/G7z/t16DkJf4YRW6cgyiCcxh55PKQXRNCQn7YBWGLTPwQGjg5TdODYqwpzRnW2u&#10;2vammTGqEFFqonx7/xrkm4o/DFqm78NAOjHb88wtVRur3RfbbNYgxghhMvJMA/6BhQPj86ML1D0k&#10;YC/R/AXljIxIOKSVRNfgMBipaw+5m679o5unCYKuvWRxKCwy0f+Dld8OW7+Lhbo8+qfwiPInMY/b&#10;CfyoK4HnU8iD64pUzRxILCXFobCLbD9/RZVz4CVhVeE4RFcgc3/sWMU+LWLrY2IyX3bdx+u2zTOR&#10;l1gD4lIYIqUvGh0rh55b44sOIODwSKkQAXFJKdceH4y1dZbWs7nnn65v2lpAaI0qwZJGcdxvbWQH&#10;KNtQv9pVjrxNcyblnbTG9fx2SQIxaVCfvaqvJDD29ZyZWH9WpohRNo/EHtVpFy+K5dlVyuc9K8vx&#10;1q/Vv/+GzS8AAAD//wMAUEsDBBQABgAIAAAAIQC1nCq43wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/LTsMwEEX3SP0Ha5DYIOoUqrRN41Q8BAsWlehjP4mHJGo8DrHTBr4eVyzocu4c3TmTrgbT&#10;iCN1rrasYDKOQBAXVtdcKthtX+/mIJxH1thYJgXf5GCVja5STLQ98QcdN74UoYRdggoq79tESldU&#10;ZNCNbUscdp+2M+jD2JVSd3gK5aaR91EUS4M1hwsVtvRcUXHY9EbBV9zu8x/ZP90u3reT+a43vH55&#10;U+rmenhcgvA0+H8YzvpBHbLglNuetRONgmk8WwRUwUM0AxGAeHoO8r9AZqm8/CD7BQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAA8giO+3AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALWcKrjfAAAACQEAAA8AAAAAAAAAAAAAAAAAEQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>公司電話：</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>傳真：</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>統一編號：</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18EAD98A" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04A851B3" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
@@ -1242,170 +1235,182 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="162A05B8" id="Line 9" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="53.95pt,1pt" to="242.95pt,1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1fjvstwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSoeiEOD2k7S7d&#10;FqDdBzCSbAuVREFU4+TvJ6mJV2y3YT4Qokg+PT7S69ujs+ygIxn0HV8uWs60l6iMHzr+8/nh0w1n&#10;lMArsOh1x0+a+O3m44f1FIRe4YhW6cgyiCcxhY6PKQXRNCRH7YAWGLTPwR6jg5TdODQqwpTRnW1W&#10;bXvdTBhViCg1Ub69ewvyTcXvey3Tj74nnZjteOaWqo3V7ottNmsQQ4QwGnmmAf/AwoHx+dEZ6g4S&#10;sNdo/oJyRkYk7NNComuw743UtYfczbL9o5unEYKuvWRxKMwy0f+Dld8PW7+Lhbo8+qfwiPKFmMft&#10;CH7QlcDzKeTBLYtUzRRIzCXFobCLbD99Q5Vz4DVhVeHYR1cgc3/sWMU+zWLrY2IyX64+t+1Vm2ci&#10;L7EGxKUwREpfNTpWDh23xhcdQMDhkVIhAuKSUq49Phhr6yytZ1PHv1xdt7WA0BpVgiWN4rDf2sgO&#10;ULahfrWrHHmf5kzKO2mN6/jNnARi1KDuvaqvJDD27ZyZWH9WpohRNo/EHtVpFy+K5dlVyuc9K8vx&#10;3q/Vv/+GzS8AAAD//wMAUEsDBBQABgAIAAAAIQChG6SU3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/LTsMwEEX3SPyDNUhsEHVaQUlDnIqHYMECibbsJ/GQRMTjEDtt4OsZ2MDy6F7dOZOvJ9ep&#10;PQ2h9WxgPktAEVfetlwb2G0fzlNQISJb7DyTgU8KsC6Oj3LMrD/wC+03sVYywiFDA02MfaZ1qBpy&#10;GGa+J5bszQ8Oo+BQazvgQcZdpxdJstQOW5YLDfZ011D1vhmdgY9l/1p+6fH2bPW0nae70fHz/aMx&#10;pyfTzTWoSFP8K8OPvqhDIU6lH9kG1QknVyupGljIS5JfpJfC5S/rItf//YtvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHV+O+y3AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAKEbpJTcAAAABwEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="310B20D6" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRPr="00C43ED8" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>本展聯絡人：</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">           (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>英</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">)     </w:t>
       </w:r>
       <w:r w:rsidR="008B735C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="008B735C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>分機</w:t>
       </w:r>
       <w:r w:rsidR="008B735C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="008B735C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> E-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F76DFD" w14:textId="72BD94BB" w:rsidR="00F17EBC" w:rsidRDefault="00DD1A18">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4677DDE4" wp14:editId="690EAADB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1143000</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>50165</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5180965" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1943457783" name="Line 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -1449,50 +1454,51 @@
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="17EE52CB" id="Line 11" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="90pt,3.95pt" to="497.95pt,3.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAovE5atwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JTxHAEyzk4TS9p&#10;ayDpB6xJSiJCcgkuY8l/X5KxlaC9FdFhwX0NZ4erze1kDTuqQBpdy5eLmjPlBErt+pb/frr/suaM&#10;IjgJBp1q+UkRv91+/rQZfaOucEAjVWAJxFEz+pYPMfqmqkgMygIt0CuXkh0GCzG5oa9kgDGhW1Nd&#10;1fWqGjFIH1AoohS9e03ybcHvOiXir64jFZlpeeIWiw3FHrKtthto+gB+0OJMA/6DhQXt0qUz1B1E&#10;YC9B/wNltQhI2MWFQFth12mhygxpmmX91zSPA3hVZknikJ9loo+DFT+PO7cPmbqY3KN/QPFMzOFu&#10;ANerQuDp5NPDLbNU1eipmVuyQ34f2GH8gTLVwEvEosLUBZsh03xsKmKfZrHVFJlIwevlur5ZXXMm&#10;LrkKmkujDxS/K7QsH1putMs6QAPHB4qZCDSXkhx2eK+NKW9pHBtbfvN1VZcGQqNlTuYyCv1hZwI7&#10;Qt6G8pWpUuZ9mdUx7aTRtuXruQiaQYH85mS5JYI2r+fExLizMlmMvHnUHFCe9uGiWHq7Qvm8Z3k5&#10;3vul++1v2P4BAAD//wMAUEsDBBQABgAIAAAAIQBOXA5+3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9NT8MwDIbvSPyHyEhcEEuHxGhL04kPwYEDEtu4u41pKxqnNOlW+PUYLnDzo9d6/bhYz65X&#10;expD59nAcpGAIq697bgxsNs+nKegQkS22HsmA58UYF0eHxWYW3/gF9pvYqOkhEOOBtoYh1zrULfk&#10;MCz8QCzZmx8dRsGx0XbEg5S7Xl8kyUo77FgutDjQXUv1+2ZyBj5Ww2v1pafbs+xpu0x3k+Pn+0dj&#10;Tk/mm2tQkeb4tww/+qIOpThVfmIbVC+cJvJLNHCVgZI8yy5lqH5Zl4X+719+AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhACi8Tlq3AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAE5cDn7cAAAABwEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="394337E3" w14:textId="0BB3E540" w:rsidR="00F17EBC" w:rsidRPr="00C43ED8" w:rsidRDefault="00DD1A18" w:rsidP="001728B3">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F885D2C" wp14:editId="30DC3A43">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1117600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>262255</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5181600" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="774516803" name="Line 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -1532,132 +1538,143 @@
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="5569316D" id="Line 12" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="88pt,20.65pt" to="496pt,20.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmFKgutwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7LMiEOD2k6y7d&#10;FqDdBzCybAuTREFUY+fvJ6mJW2y3YT4Qokg+PT7S29vZGnZSgTS6ljermjPlJHbaDS3/+XT/YcMZ&#10;RXAdGHSq5WdF/Hb3/t128kLd4IimU4ElEEdi8i0fY/SiqkiOygKt0CuXgj0GCzG5Yai6AFNCt6a6&#10;qet1NWHofECpiNLt3UuQ7wp+3ysZf/Q9qchMyxO3WGwo9phttduCGAL4UcsLDfgHFha0S48uUHcQ&#10;gT0H/ReU1TIgYR9XEm2Ffa+lKj2kbpr6j24eR/Cq9JLEIb/IRP8PVn4/7d0hZOpydo/+AeUvYg73&#10;I7hBFQJPZ58G12SpqsmTWEqyQ/4Q2HH6hl3KgeeIRYW5DzZDpv7YXMQ+L2KrOTKZLj81m2Zdp5nI&#10;a6wCcS30geJXhZblQ8uNdlkHEHB6oJiJgLim5GuH99qYMkvj2NTyzx/XdSkgNLrLwZxGYTjuTWAn&#10;yNtQvtJVirxNszqmnTTatnyzJIEYFXRfXFdeiaDNyzkxMe6iTBYjbx6JI3bnQ7gqlmZXKF/2LC/H&#10;W79Uv/4Nu98AAAD//wMAUEsDBBQABgAIAAAAIQB9/Rwk3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSH0Ha5G4IOqkoNCEOBU/ggMHJNpyd+IliRqvQ+y0oU/PVhzgOLOj2W/y1WQ7&#10;scfBt44UxPMIBFLlTEu1gu3m+WoJwgdNRneOUME3elgVs7NcZ8Yd6B3361ALLiGfaQVNCH0mpa8a&#10;tNrPXY/Et083WB1YDrU0gz5wue3kIooSaXVL/KHRPT42WO3Wo1XwlfQf5VGOD5fp6yZebkdLb08v&#10;Sl2cT/d3IAJO4S8MJ3xGh4KZSjeS8aJjfZvwlqDgJr4GwYE0XbBR/hqyyOX/BcUPAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAKYUqC63AQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAH39HCTfAAAACQEAAA8AAAAAAAAAAAAAAAAAEQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="91"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>展品名</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>稱</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>中</w:t>
       </w:r>
       <w:r w:rsidR="00F17EBC" w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">)                                                      </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C3C30C" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRPr="00C43ED8" w:rsidRDefault="00F17EBC">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">   (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>英</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43ED8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">)                                                    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1E9D6C" w14:textId="6AD37F08" w:rsidR="00F17EBC" w:rsidRDefault="00DD1A18" w:rsidP="002D54A7">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D6B7006" wp14:editId="62A18E0D">
                 <wp:simplePos x="0" y="0"/>
@@ -1722,241 +1739,253 @@
             <w:pict>
               <v:line w14:anchorId="4D1E56A1" id="Line 13" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="88pt,8.15pt" to="496pt,8.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmFKgutwEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7LMiEOD2k6y7d&#10;FqDdBzCybAuTREFUY+fvJ6mJW2y3YT4Qokg+PT7S29vZGnZSgTS6ljermjPlJHbaDS3/+XT/YcMZ&#10;RXAdGHSq5WdF/Hb3/t128kLd4IimU4ElEEdi8i0fY/SiqkiOygKt0CuXgj0GCzG5Yai6AFNCt6a6&#10;qet1NWHofECpiNLt3UuQ7wp+3ysZf/Q9qchMyxO3WGwo9phttduCGAL4UcsLDfgHFha0S48uUHcQ&#10;gT0H/ReU1TIgYR9XEm2Ffa+lKj2kbpr6j24eR/Cq9JLEIb/IRP8PVn4/7d0hZOpydo/+AeUvYg73&#10;I7hBFQJPZ58G12SpqsmTWEqyQ/4Q2HH6hl3KgeeIRYW5DzZDpv7YXMQ+L2KrOTKZLj81m2Zdp5nI&#10;a6wCcS30geJXhZblQ8uNdlkHEHB6oJiJgLim5GuH99qYMkvj2NTyzx/XdSkgNLrLwZxGYTjuTWAn&#10;yNtQvtJVirxNszqmnTTatnyzJIEYFXRfXFdeiaDNyzkxMe6iTBYjbx6JI3bnQ7gqlmZXKF/2LC/H&#10;W79Uv/4Nu98AAAD//wMAUEsDBBQABgAIAAAAIQC9tXGq3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTE/LTsMwELwj8Q/WInFB1GmRQpPGqQqIHjhUoo+7Ey9JRLxOY6dN+XoWcYDbzkOzM9lytK04&#10;Ye8bRwqmkwgEUulMQ5WC/e71fg7CB01Gt45QwQU9LPPrq0ynxp3pHU/bUAkOIZ9qBXUIXSqlL2u0&#10;2k9ch8Tah+utDgz7SppenznctnIWRbG0uiH+UOsOn2ssP7eDVXCMu0PxJYenu+RtN53vB0ubl7VS&#10;tzfjagEi4Bj+zPBTn6tDzp0KN5DxomX8GPOWwEf8AIINSTJjovglZJ7J/wvybwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCmFKgutwEAAFUDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC9tXGq3QAAAAkBAAAPAAAAAAAAAAAAAAAAABEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAGwUAAAAA&#10;" strokeweight=".26mm">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3089E797" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC" w:rsidP="002D54A7">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位申請：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A41AC">
         <w:rPr>
           <w:rFonts w:ascii="Malgun Gothic" w:eastAsia="Malgun Gothic" w:hAnsi="Malgun Gothic" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="00C075CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00C075CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>個</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
+          <w:attr w:name="TCSC" w:val="0"/>
+          <w:attr w:name="NumberType" w:val="1"/>
+          <w:attr w:name="Negative" w:val="False"/>
+          <w:attr w:name="HasSpace" w:val="False"/>
+          <w:attr w:name="SourceValue" w:val="9"/>
           <w:attr w:name="UnitName" w:val="m2"/>
-          <w:attr w:name="SourceValue" w:val="9"/>
-[...3 lines deleted...]
-          <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00C075CB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:iCs/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>9m</w:t>
         </w:r>
         <w:r w:rsidRPr="00C075CB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:iCs/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:vertAlign w:val="superscript"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00C075CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>標準</w:t>
       </w:r>
       <w:r w:rsidRPr="00C075CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位</w:t>
       </w:r>
       <w:r w:rsidR="000159E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="006A41AC">
         <w:rPr>
           <w:rFonts w:ascii="Malgun Gothic" w:eastAsia="Malgun Gothic" w:hAnsi="Malgun Gothic" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidR="000159E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000159E3" w:rsidRPr="00C075CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="000159E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="000159E3" w:rsidRPr="00C075CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>個</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
+          <w:attr w:name="TCSC" w:val="0"/>
+          <w:attr w:name="NumberType" w:val="1"/>
+          <w:attr w:name="Negative" w:val="False"/>
+          <w:attr w:name="HasSpace" w:val="False"/>
+          <w:attr w:name="SourceValue" w:val="9"/>
           <w:attr w:name="UnitName" w:val="m2"/>
-          <w:attr w:name="SourceValue" w:val="9"/>
-[...3 lines deleted...]
-          <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidR="000159E3" w:rsidRPr="00C075CB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:iCs/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>9m</w:t>
         </w:r>
         <w:r w:rsidR="000159E3" w:rsidRPr="00C075CB">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:iCs/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:vertAlign w:val="superscript"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidR="000159E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>空地</w:t>
       </w:r>
       <w:r w:rsidR="000159E3" w:rsidRPr="00C075CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>攤位</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10209" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1792"/>
         <w:gridCol w:w="1611"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="3404"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F3B9E" w:rsidRPr="00392D89" w14:paraId="33F5B311" w14:textId="77777777" w:rsidTr="005F3B9E">
         <w:trPr>
@@ -1964,56 +1993,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35865DE7" w14:textId="77777777" w:rsidR="005F3B9E" w:rsidRPr="00F82471" w:rsidRDefault="005F3B9E" w:rsidP="00574AE3">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk183007554"/>
             <w:r w:rsidRPr="00F82471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>每個</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
               <w:smartTagPr>
+                <w:attr w:name="UnitName" w:val="m2"/>
+                <w:attr w:name="SourceValue" w:val="9"/>
+                <w:attr w:name="HasSpace" w:val="False"/>
+                <w:attr w:name="Negative" w:val="False"/>
+                <w:attr w:name="NumberType" w:val="1"/>
                 <w:attr w:name="TCSC" w:val="0"/>
-                <w:attr w:name="NumberType" w:val="1"/>
-[...3 lines deleted...]
-                <w:attr w:name="UnitName" w:val="m2"/>
               </w:smartTagPr>
               <w:r w:rsidRPr="00F82471">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                 </w:rPr>
                 <w:t>9m</w:t>
               </w:r>
               <w:r w:rsidRPr="00F82471">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
                   <w:vertAlign w:val="superscript"/>
                 </w:rPr>
                 <w:t>2</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00F82471">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
               <w:t>攤位費用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2826,56 +2855,56 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="75" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="476" w:hanging="334"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C79A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>每個</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
+          <w:attr w:name="TCSC" w:val="0"/>
+          <w:attr w:name="NumberType" w:val="1"/>
+          <w:attr w:name="Negative" w:val="False"/>
+          <w:attr w:name="HasSpace" w:val="False"/>
+          <w:attr w:name="SourceValue" w:val="9"/>
           <w:attr w:name="UnitName" w:val="m2"/>
-          <w:attr w:name="SourceValue" w:val="9"/>
-[...3 lines deleted...]
-          <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="003C79A9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>9m</w:t>
         </w:r>
         <w:r w:rsidRPr="003C79A9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="003C79A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
@@ -2913,50 +2942,51 @@
       </w:r>
       <w:r w:rsidRPr="003C79A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>、機器用水電、運費、保險費、人員差旅費等。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D059CEE" w14:textId="77777777" w:rsidR="003C79A9" w:rsidRDefault="00F17EBC" w:rsidP="003C79A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="75" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="476" w:hanging="334"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C79A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>以上價格未含</w:t>
       </w:r>
       <w:r w:rsidRPr="003C79A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>5%</w:t>
       </w:r>
       <w:r w:rsidRPr="003C79A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2975,80 +3005,81 @@
       </w:r>
       <w:r w:rsidRPr="003C79A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>營業稅外加。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B624F05" w14:textId="77777777" w:rsidR="003C79A9" w:rsidRDefault="001728B3" w:rsidP="003C79A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="75" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="476" w:hanging="334"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>空地攤位：訂</w:t>
       </w:r>
       <w:r w:rsidRPr="00510977">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>空地最少需</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
         <w:smartTagPr>
+          <w:attr w:name="TCSC" w:val="0"/>
+          <w:attr w:name="NumberType" w:val="1"/>
+          <w:attr w:name="Negative" w:val="False"/>
+          <w:attr w:name="HasSpace" w:val="True"/>
+          <w:attr w:name="SourceValue" w:val="36"/>
           <w:attr w:name="UnitName" w:val="m2"/>
-          <w:attr w:name="SourceValue" w:val="36"/>
-[...3 lines deleted...]
-          <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00510977">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>36</w:t>
         </w:r>
         <w:r w:rsidRPr="00510977">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t xml:space="preserve"> m</w:t>
         </w:r>
         <w:r w:rsidRPr="00510977">
           <w:rPr>
@@ -3082,103 +3113,110 @@
         <w:t>為不影響台灣館整體裝潢，</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>空地位置將由公會指定</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>自行裝潢需含</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>Taiwan</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>識別</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>ogo</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>，方能申請推廣貿易基金補助</w:t>
       </w:r>
       <w:r w:rsidRPr="00770C88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457E569F" w14:textId="45A230A6" w:rsidR="003C79A9" w:rsidRDefault="00F17EBC" w:rsidP="003C79A9">
+    <w:p w14:paraId="457E569F" w14:textId="7F5659CE" w:rsidR="003C79A9" w:rsidRDefault="00F17EBC" w:rsidP="003C79A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="75" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="476" w:hanging="334"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>參展補助：本展申請貿易</w:t>
       </w:r>
       <w:r w:rsidR="005C4329">
@@ -3228,403 +3266,212 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4349">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>個攤位</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4349">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
+          <w:attr w:name="TCSC" w:val="0"/>
+          <w:attr w:name="NumberType" w:val="1"/>
+          <w:attr w:name="Negative" w:val="False"/>
+          <w:attr w:name="HasSpace" w:val="False"/>
+          <w:attr w:name="SourceValue" w:val="9"/>
           <w:attr w:name="UnitName" w:val="m2"/>
-          <w:attr w:name="SourceValue" w:val="9"/>
-[...3 lines deleted...]
-          <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="006D4349">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>9m</w:t>
         </w:r>
         <w:r w:rsidRPr="006D4349">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:vertAlign w:val="superscript"/>
             <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="006D4349">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="006D4349">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>補助</w:t>
       </w:r>
-      <w:r w:rsidR="006F2406">
+      <w:r w:rsidR="00C86C17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00111A9F" w:rsidRPr="006D4349">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D4349">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>~</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F2406">
+        <w:t>萬元，以報名前</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86C17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00111A9F" w:rsidRPr="006D4349">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D4349">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>.5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D4349">
+        <w:t>個攤位為限。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00823583">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...98 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>非會員補助約每個</w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="chmetcnv">
         <w:smartTagPr>
+          <w:attr w:name="TCSC" w:val="0"/>
+          <w:attr w:name="NumberType" w:val="1"/>
+          <w:attr w:name="Negative" w:val="False"/>
+          <w:attr w:name="HasSpace" w:val="False"/>
+          <w:attr w:name="SourceValue" w:val="9"/>
           <w:attr w:name="UnitName" w:val="m2"/>
-          <w:attr w:name="SourceValue" w:val="9"/>
-[...3 lines deleted...]
-          <w:attr w:name="TCSC" w:val="0"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00823583">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>9m</w:t>
         </w:r>
         <w:r w:rsidRPr="00823583">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:vertAlign w:val="superscript"/>
+            <w:lang w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00823583">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>攤位</w:t>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>攤</w:t>
+      </w:r>
+      <w:r w:rsidR="00820903">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>位</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r w:rsidRPr="00823583">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
-        <w:t>3.5</w:t>
-[...104 lines deleted...]
-        <w:t>。</w:t>
+        <w:t>萬元。</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>（實際補助金額將視國貿</w:t>
       </w:r>
       <w:r w:rsidR="00634FD4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>署</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
@@ -3632,50 +3479,51 @@
         <w:t>核定總補助款多寡與廠商報名情況核算。</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ACDE981" w14:textId="2001534F" w:rsidR="003C79A9" w:rsidRDefault="00EF7549" w:rsidP="003C79A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="75" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="476" w:hanging="334"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>受領參展補助或享早鳥優惠的廠商不得重複申請「公司或商號參加</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>海外</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0330F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4580,58 +4428,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>.org.tw</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F17EBC" w:rsidSect="000B3054">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="426" w:right="848" w:bottom="426" w:left="993" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25E4B004" w14:textId="77777777" w:rsidR="001074D3" w:rsidRDefault="001074D3">
+    <w:p w14:paraId="6392C6AC" w14:textId="77777777" w:rsidR="00283D63" w:rsidRDefault="00283D63">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F3E42F6" w14:textId="77777777" w:rsidR="001074D3" w:rsidRDefault="001074D3">
+    <w:p w14:paraId="7BC7EFBB" w14:textId="77777777" w:rsidR="00283D63" w:rsidRDefault="00283D63">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
@@ -4749,58 +4597,58 @@
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>/11/</w:t>
     </w:r>
     <w:r w:rsidR="00C051D1">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="104EE57F" w14:textId="77777777" w:rsidR="001074D3" w:rsidRDefault="001074D3">
+    <w:p w14:paraId="505074A7" w14:textId="77777777" w:rsidR="00283D63" w:rsidRDefault="00283D63">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1267A09C" w14:textId="77777777" w:rsidR="001074D3" w:rsidRDefault="001074D3">
+    <w:p w14:paraId="1BBD5530" w14:textId="77777777" w:rsidR="00283D63" w:rsidRDefault="00283D63">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="164C996B" w14:textId="77777777" w:rsidR="00F17EBC" w:rsidRDefault="00F17EBC">
     <w:pPr>
       <w:pStyle w:val="ad"/>
       <w:spacing w:line="220" w:lineRule="exact"/>
       <w:ind w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="文鼎中圓" w:eastAsia="文鼎中圓" w:hAnsi="文鼎中圓"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -5079,236 +4927,247 @@
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D32CCE"/>
     <w:rsid w:val="000036BA"/>
     <w:rsid w:val="000159E3"/>
     <w:rsid w:val="000426B0"/>
     <w:rsid w:val="00045712"/>
     <w:rsid w:val="00053DE8"/>
     <w:rsid w:val="0009787F"/>
     <w:rsid w:val="000A177D"/>
     <w:rsid w:val="000A3E8C"/>
     <w:rsid w:val="000B3054"/>
     <w:rsid w:val="000B6DEC"/>
     <w:rsid w:val="000C44AD"/>
+    <w:rsid w:val="000C4ED7"/>
     <w:rsid w:val="000C7756"/>
     <w:rsid w:val="000D77A0"/>
     <w:rsid w:val="001074D3"/>
+    <w:rsid w:val="00111596"/>
     <w:rsid w:val="00111A9F"/>
     <w:rsid w:val="001463E2"/>
     <w:rsid w:val="00147EE2"/>
     <w:rsid w:val="00155535"/>
     <w:rsid w:val="001728B3"/>
     <w:rsid w:val="00182B9B"/>
     <w:rsid w:val="001937FD"/>
     <w:rsid w:val="00194621"/>
     <w:rsid w:val="001B7DD6"/>
     <w:rsid w:val="001D1796"/>
     <w:rsid w:val="001D6F09"/>
     <w:rsid w:val="0022324F"/>
     <w:rsid w:val="00274130"/>
     <w:rsid w:val="00282B98"/>
+    <w:rsid w:val="00283D63"/>
     <w:rsid w:val="002A7D9D"/>
     <w:rsid w:val="002C3A8A"/>
     <w:rsid w:val="002C5D9F"/>
     <w:rsid w:val="002D19D7"/>
     <w:rsid w:val="002D54A7"/>
     <w:rsid w:val="00307C5F"/>
     <w:rsid w:val="00311706"/>
     <w:rsid w:val="0033644C"/>
     <w:rsid w:val="00387010"/>
     <w:rsid w:val="00392D89"/>
     <w:rsid w:val="003A33BA"/>
     <w:rsid w:val="003B5B43"/>
     <w:rsid w:val="003C79A9"/>
     <w:rsid w:val="003E1788"/>
+    <w:rsid w:val="003E3652"/>
     <w:rsid w:val="003E72EB"/>
     <w:rsid w:val="003E733C"/>
     <w:rsid w:val="003F34BF"/>
     <w:rsid w:val="00402E7F"/>
     <w:rsid w:val="00404911"/>
     <w:rsid w:val="004074BB"/>
     <w:rsid w:val="004209E0"/>
     <w:rsid w:val="004216DA"/>
     <w:rsid w:val="00421A28"/>
     <w:rsid w:val="004250B9"/>
     <w:rsid w:val="00455F8E"/>
     <w:rsid w:val="00465BDD"/>
     <w:rsid w:val="004B4B3E"/>
     <w:rsid w:val="00510977"/>
     <w:rsid w:val="005153DA"/>
     <w:rsid w:val="005307AE"/>
+    <w:rsid w:val="0053391E"/>
     <w:rsid w:val="00537CB9"/>
     <w:rsid w:val="00557375"/>
     <w:rsid w:val="005626C7"/>
     <w:rsid w:val="00574AE3"/>
     <w:rsid w:val="00580703"/>
     <w:rsid w:val="00586DFD"/>
+    <w:rsid w:val="00587B5E"/>
     <w:rsid w:val="005C1E85"/>
     <w:rsid w:val="005C31DB"/>
     <w:rsid w:val="005C4329"/>
     <w:rsid w:val="005E1EE6"/>
     <w:rsid w:val="005E6A5D"/>
     <w:rsid w:val="005F3B9E"/>
     <w:rsid w:val="006046E8"/>
     <w:rsid w:val="006277D0"/>
     <w:rsid w:val="00634FD4"/>
     <w:rsid w:val="00642D21"/>
     <w:rsid w:val="00650890"/>
     <w:rsid w:val="00651B38"/>
     <w:rsid w:val="00651B4D"/>
     <w:rsid w:val="00673E38"/>
+    <w:rsid w:val="00692B83"/>
     <w:rsid w:val="006945A8"/>
     <w:rsid w:val="006A41AC"/>
     <w:rsid w:val="006B38DA"/>
+    <w:rsid w:val="006D37B1"/>
     <w:rsid w:val="006D4349"/>
     <w:rsid w:val="006E0358"/>
     <w:rsid w:val="006E2EF6"/>
     <w:rsid w:val="006F2406"/>
     <w:rsid w:val="006F721E"/>
     <w:rsid w:val="006F786C"/>
     <w:rsid w:val="0075704E"/>
     <w:rsid w:val="007632B6"/>
     <w:rsid w:val="007708F5"/>
     <w:rsid w:val="007709D1"/>
     <w:rsid w:val="007767C7"/>
     <w:rsid w:val="00776966"/>
     <w:rsid w:val="00787668"/>
     <w:rsid w:val="00787F27"/>
     <w:rsid w:val="007A35B3"/>
     <w:rsid w:val="007D3447"/>
     <w:rsid w:val="007E7BA9"/>
     <w:rsid w:val="007F6FDE"/>
     <w:rsid w:val="00802AF7"/>
     <w:rsid w:val="0081098C"/>
+    <w:rsid w:val="00820903"/>
     <w:rsid w:val="00823583"/>
     <w:rsid w:val="008257AD"/>
     <w:rsid w:val="00826D04"/>
     <w:rsid w:val="00845B84"/>
     <w:rsid w:val="008479BA"/>
     <w:rsid w:val="008876D6"/>
     <w:rsid w:val="008B735C"/>
     <w:rsid w:val="008C7192"/>
     <w:rsid w:val="008D11CA"/>
     <w:rsid w:val="008D799F"/>
     <w:rsid w:val="008F1777"/>
     <w:rsid w:val="008F3A71"/>
     <w:rsid w:val="008F699C"/>
     <w:rsid w:val="00901906"/>
     <w:rsid w:val="009043CA"/>
     <w:rsid w:val="009125C7"/>
     <w:rsid w:val="009139F7"/>
     <w:rsid w:val="00932447"/>
     <w:rsid w:val="0094562A"/>
     <w:rsid w:val="00950292"/>
     <w:rsid w:val="00963FDB"/>
     <w:rsid w:val="00996BAF"/>
     <w:rsid w:val="0099781F"/>
     <w:rsid w:val="009A357B"/>
     <w:rsid w:val="00A033AA"/>
     <w:rsid w:val="00A11D1A"/>
     <w:rsid w:val="00A22A7C"/>
     <w:rsid w:val="00A33C02"/>
     <w:rsid w:val="00A6361E"/>
     <w:rsid w:val="00A70B5B"/>
     <w:rsid w:val="00A73CE1"/>
     <w:rsid w:val="00AC3D78"/>
     <w:rsid w:val="00AC736C"/>
+    <w:rsid w:val="00AD7564"/>
     <w:rsid w:val="00AF1476"/>
     <w:rsid w:val="00B00FAD"/>
     <w:rsid w:val="00B37E30"/>
     <w:rsid w:val="00B65DF5"/>
     <w:rsid w:val="00B66FFA"/>
     <w:rsid w:val="00B75FBF"/>
     <w:rsid w:val="00B851C1"/>
     <w:rsid w:val="00BA1F96"/>
     <w:rsid w:val="00BB07DD"/>
     <w:rsid w:val="00BD59E1"/>
     <w:rsid w:val="00BE1CC0"/>
     <w:rsid w:val="00C051D1"/>
     <w:rsid w:val="00C075CB"/>
     <w:rsid w:val="00C365F8"/>
     <w:rsid w:val="00C43ED8"/>
+    <w:rsid w:val="00C86C17"/>
     <w:rsid w:val="00C87892"/>
     <w:rsid w:val="00C90441"/>
     <w:rsid w:val="00C93FB3"/>
     <w:rsid w:val="00CA432D"/>
     <w:rsid w:val="00CB2DCC"/>
     <w:rsid w:val="00CD7A11"/>
     <w:rsid w:val="00CF7EBB"/>
     <w:rsid w:val="00D32CCE"/>
     <w:rsid w:val="00D449F4"/>
     <w:rsid w:val="00D86DC9"/>
     <w:rsid w:val="00DA4193"/>
     <w:rsid w:val="00DA6BAE"/>
     <w:rsid w:val="00DC3896"/>
     <w:rsid w:val="00DD1A18"/>
     <w:rsid w:val="00DF3807"/>
     <w:rsid w:val="00E0330F"/>
     <w:rsid w:val="00E05407"/>
     <w:rsid w:val="00E257EC"/>
     <w:rsid w:val="00E3205A"/>
     <w:rsid w:val="00E530AF"/>
     <w:rsid w:val="00E625FA"/>
     <w:rsid w:val="00EC069C"/>
     <w:rsid w:val="00ED0A02"/>
     <w:rsid w:val="00EE67B1"/>
     <w:rsid w:val="00EF7549"/>
     <w:rsid w:val="00F03811"/>
     <w:rsid w:val="00F16264"/>
     <w:rsid w:val="00F17EBC"/>
     <w:rsid w:val="00F42764"/>
     <w:rsid w:val="00F51A15"/>
     <w:rsid w:val="00F62F61"/>
     <w:rsid w:val="00F643B6"/>
     <w:rsid w:val="00FC435F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="chmetcnv"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0BCF4A13"/>
   <w15:docId w15:val="{FEFFDD8F-4F46-40C6-B5E7-8E2AEAEC683C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
@@ -6604,55 +6463,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C720065-BB80-4013-8E23-DD3060C23E44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>715</Words>
-  <Characters>696</Characters>
+  <Words>578</Words>
+  <Characters>765</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>54</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1357</CharactersWithSpaces>
+  <CharactersWithSpaces>1292</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>86太文字第0301號</dc:title>
   <dc:subject/>
   <dc:creator>范聖睿</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>